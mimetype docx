--- v0 (2025-10-14)
+++ v1 (2026-02-21)
@@ -1,47 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="17544731" w14:textId="77777777" w:rsidR="00E32E53" w:rsidRPr="00E32E53" w:rsidRDefault="00E32E53" w:rsidP="0003120F">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B2954">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -371,153 +372,153 @@
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>/1</w:t>
       </w:r>
       <w:r w:rsidR="002C7A8A">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>399</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22771D38" w14:textId="31D1659F" w:rsidR="00BE51F3" w:rsidRDefault="00BE51F3" w:rsidP="00BE51F3">
+    <w:p w14:paraId="22771D38" w14:textId="051F1CBB" w:rsidR="00BE51F3" w:rsidRDefault="00BE51F3" w:rsidP="00BE51F3">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:line="192" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B97D71">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>تاریخ به</w:t>
       </w:r>
       <w:r w:rsidR="00A626ED">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>‌</w:t>
       </w:r>
       <w:r w:rsidRPr="00B97D71">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>روز رسانی:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C7A8A">
+      <w:r w:rsidR="006F7542">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>15</w:t>
+        <w:t>28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="002C7A8A">
+      <w:r w:rsidR="006F7542">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>06</w:t>
+        <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>/1</w:t>
+        <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="007E7A1C">
+      <w:r w:rsidR="006F7542">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>400</w:t>
+        <w:t>1404</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C75E086" w14:textId="3520C98C" w:rsidR="005908E6" w:rsidRDefault="006B3CAE" w:rsidP="0003120F">
+    <w:p w14:paraId="6C75E086" w14:textId="6F20ADC3" w:rsidR="005908E6" w:rsidRDefault="006B3CAE" w:rsidP="0003120F">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C649A">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>دانشکده</w:t>
       </w:r>
       <w:r w:rsidRPr="009C649A">
@@ -596,161 +597,131 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00A626ED" w:rsidRPr="002203E7">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
       <w:r w:rsidR="006B0268" w:rsidRPr="002203E7">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="002203E7">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="008F7DFA" w:rsidRPr="002203E7">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="002203E7">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">      نیمسال </w:t>
       </w:r>
-      <w:r w:rsidR="007E7A1C" w:rsidRPr="002203E7">
+      <w:r w:rsidR="006F7542">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>اول</w:t>
+        <w:t>دوم</w:t>
       </w:r>
       <w:r w:rsidRPr="002203E7">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> سال تحصیلی </w:t>
       </w:r>
-      <w:r w:rsidR="007E63D5" w:rsidRPr="002203E7">
+      <w:r w:rsidR="006F7542">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>14</w:t>
-[...19 lines deleted...]
-        <w:t>1</w:t>
+        <w:t>05</w:t>
       </w:r>
       <w:r w:rsidR="0003120F" w:rsidRPr="002203E7">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>-1</w:t>
+        <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007E7A1C" w:rsidRPr="002203E7">
+      <w:r w:rsidR="006F7542">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...9 lines deleted...]
-        <w:t>00</w:t>
+        <w:t>04</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="699"/>
         <w:gridCol w:w="831"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B24FCE" w14:paraId="3D81EF40" w14:textId="77777777" w:rsidTr="004D703E">
         <w:trPr>
           <w:trHeight w:val="386"/>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -892,89 +863,99 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C7A8A">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>2 واحد تئوری</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="224FD766" w14:textId="433541A4" w:rsidR="00B24FCE" w:rsidRPr="005908E6" w:rsidRDefault="00B24FCE" w:rsidP="003A7E49">
+          <w:p w14:paraId="224FD766" w14:textId="040BB4B5" w:rsidR="00B24FCE" w:rsidRPr="005908E6" w:rsidRDefault="00B24FCE" w:rsidP="003A7E49">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005908E6">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>فارسی:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C7A8A">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>مبانی بیوانفورماتیک</w:t>
+              <w:t>بیوانفورماتیک</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC36F2">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> و شبیه سازی مولکولی </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C071EAF" w14:textId="77777777" w:rsidR="00B24FCE" w:rsidRPr="00047D53" w:rsidRDefault="00B24FCE" w:rsidP="003A7E49">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="683111BA" w14:textId="77777777" w:rsidR="00B24FCE" w:rsidRDefault="00B24FCE" w:rsidP="003A7E49">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
@@ -1180,110 +1161,110 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F70BB93" w14:textId="77777777" w:rsidR="00B24FCE" w:rsidRDefault="00B24FCE" w:rsidP="003A7E49">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="Titr"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B24FCE" w14:paraId="1A6C46F3" w14:textId="77777777" w:rsidTr="001B2954">
         <w:trPr>
           <w:trHeight w:val="395"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6374" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="5754372C" w14:textId="3272C9A4" w:rsidR="00B24FCE" w:rsidRPr="00E31D17" w:rsidRDefault="00B24FCE" w:rsidP="003A7E49">
+          <w:p w14:paraId="5754372C" w14:textId="33E84032" w:rsidR="00B24FCE" w:rsidRPr="00E31D17" w:rsidRDefault="00B24FCE" w:rsidP="003A7E49">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E31D17">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">شماره تلفن </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>دفتر کار</w:t>
             </w:r>
             <w:r w:rsidRPr="00E31D17">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A71CC7">
+            <w:r w:rsidR="006F7542">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>02333469423</w:t>
+              <w:t>02331533360</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4082" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54D56ABA" w14:textId="4D7B3E0A" w:rsidR="00B24FCE" w:rsidRDefault="00B24FCE" w:rsidP="003A7E49">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="Titr"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047D53">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1402,150 +1383,140 @@
                 <w:t>@semnan.ac.ir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A71CC7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B24FCE" w14:paraId="671250CD" w14:textId="77777777" w:rsidTr="00956EE9">
         <w:trPr>
           <w:trHeight w:val="341"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w14:paraId="34F99D3F" w14:textId="2D3824A9" w:rsidR="00B24FCE" w:rsidRPr="00E31D17" w:rsidRDefault="00B24FCE" w:rsidP="003A7E49">
+          <w:p w14:paraId="34F99D3F" w14:textId="70D14EAD" w:rsidR="00B24FCE" w:rsidRPr="00E31D17" w:rsidRDefault="00B24FCE" w:rsidP="003A7E49">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">برنامه تدریس در هفته: </w:t>
             </w:r>
-            <w:r w:rsidR="002C7A8A">
+            <w:r w:rsidR="006F7542">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>دو</w:t>
+              <w:t>شنبه ها</w:t>
             </w:r>
             <w:r w:rsidR="009778F2">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">شنبه (ساعت </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002C7A8A">
+              <w:t xml:space="preserve"> (ساعت </w:t>
+            </w:r>
+            <w:r w:rsidR="006F7542">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>12:30</w:t>
             </w:r>
             <w:r w:rsidR="009778F2">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="002C7A8A">
+            <w:r w:rsidR="006F7542">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>10:30</w:t>
             </w:r>
             <w:r w:rsidR="009778F2">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006F7542">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">در </w:t>
-[...9 lines deleted...]
-              <w:t>سامانه اميد</w:t>
+              <w:t>تا قبل از 15 فروردین در سامانه امید-پس از 15 فروردین به صورت کلاس حضوری</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B24FCE" w14:paraId="18147A2E" w14:textId="77777777" w:rsidTr="00956EE9">
         <w:trPr>
           <w:trHeight w:val="359"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
           <w:p w14:paraId="4985EF45" w14:textId="16F6B042" w:rsidR="004450E6" w:rsidRDefault="00B24FCE" w:rsidP="004450E6">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Nazanin"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
@@ -2111,74 +2082,74 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49AEF7DC" w14:textId="785BB9B8" w:rsidR="00AF47E3" w:rsidRPr="00FE7024" w:rsidRDefault="002E2C5F" w:rsidP="0055383F">
+          <w:p w14:paraId="49AEF7DC" w14:textId="1251AB30" w:rsidR="00AF47E3" w:rsidRPr="00FE7024" w:rsidRDefault="00C15A44" w:rsidP="0055383F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r w:rsidR="00EA5334">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> نمره</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14917235" w14:textId="403541DA" w:rsidR="00AF47E3" w:rsidRPr="00FE7024" w:rsidRDefault="002E2C5F" w:rsidP="0055383F">
             <w:pPr>
@@ -2205,106 +2176,116 @@
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00EA5334">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> نمره</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01C11DEC" w14:textId="10F2E962" w:rsidR="00AF47E3" w:rsidRPr="00FE7024" w:rsidRDefault="00EA5334" w:rsidP="0055383F">
+          <w:p w14:paraId="01C11DEC" w14:textId="3D35194F" w:rsidR="00AF47E3" w:rsidRPr="00FE7024" w:rsidRDefault="00C15A44" w:rsidP="0055383F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>2 نمره</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5334">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> نمره</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23EC31B0" w14:textId="47361233" w:rsidR="00AF47E3" w:rsidRPr="00FE7024" w:rsidRDefault="002E2C5F" w:rsidP="0055383F">
+          <w:p w14:paraId="23EC31B0" w14:textId="2CFB5010" w:rsidR="00AF47E3" w:rsidRPr="00FE7024" w:rsidRDefault="00C15A44" w:rsidP="0055383F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00EA5334">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> نمره</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="373AF4A5" w14:textId="77777777" w:rsidR="00AF47E3" w:rsidRPr="00E13C35" w:rsidRDefault="00AF47E3" w:rsidP="003A7E49">
             <w:pPr>
@@ -5054,189 +5035,189 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="79E5754E" w14:textId="77777777" w:rsidR="004450E6" w:rsidRDefault="004450E6" w:rsidP="004450E6">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004450E6" w:rsidSect="0055383F">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51562C41" w14:textId="77777777" w:rsidR="00CB6CC4" w:rsidRDefault="00CB6CC4" w:rsidP="0007479E">
+    <w:p w14:paraId="6230ACC6" w14:textId="77777777" w:rsidR="00ED3EF4" w:rsidRDefault="00ED3EF4" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D31EBAF" w14:textId="77777777" w:rsidR="00CB6CC4" w:rsidRDefault="00CB6CC4" w:rsidP="0007479E">
+    <w:p w14:paraId="295BFCE3" w14:textId="77777777" w:rsidR="00ED3EF4" w:rsidRDefault="00ED3EF4" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
-    <w:panose1 w:val="02070609020205020404"/>
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IranNastaliq">
     <w:panose1 w:val="02020505000000020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Mitra">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Lotus">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Titr">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B8E5A22" w14:textId="77777777" w:rsidR="00CB6CC4" w:rsidRDefault="00CB6CC4" w:rsidP="0007479E">
+    <w:p w14:paraId="51E17D58" w14:textId="77777777" w:rsidR="00ED3EF4" w:rsidRDefault="00ED3EF4" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FD20E79" w14:textId="77777777" w:rsidR="00CB6CC4" w:rsidRDefault="00CB6CC4" w:rsidP="0007479E">
+    <w:p w14:paraId="570643F9" w14:textId="77777777" w:rsidR="00ED3EF4" w:rsidRDefault="00ED3EF4" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06440FE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B68ED62"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5791,273 +5772,283 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="108"/>
+  <w:zoom w:percent="135"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyMDAyMzc1MTU0MzIzszBS0lEKTi0uzszPAymwqAUAWeAkAiwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="005908E6"/>
     <w:rsid w:val="0003120F"/>
     <w:rsid w:val="00043444"/>
     <w:rsid w:val="00047D53"/>
     <w:rsid w:val="000604AB"/>
     <w:rsid w:val="00073434"/>
     <w:rsid w:val="0007479E"/>
     <w:rsid w:val="00094108"/>
     <w:rsid w:val="000C4F5B"/>
     <w:rsid w:val="000D6EEC"/>
     <w:rsid w:val="000F32DA"/>
     <w:rsid w:val="000F4492"/>
     <w:rsid w:val="00106F3A"/>
     <w:rsid w:val="00136683"/>
     <w:rsid w:val="00140621"/>
     <w:rsid w:val="00175D63"/>
+    <w:rsid w:val="00176501"/>
     <w:rsid w:val="00187CA6"/>
     <w:rsid w:val="001A24D7"/>
     <w:rsid w:val="001A4F06"/>
     <w:rsid w:val="001B2954"/>
+    <w:rsid w:val="001E67CF"/>
     <w:rsid w:val="00202D9B"/>
     <w:rsid w:val="002203E7"/>
+    <w:rsid w:val="0023242C"/>
     <w:rsid w:val="0023366D"/>
     <w:rsid w:val="00240229"/>
     <w:rsid w:val="0026578A"/>
     <w:rsid w:val="00271D46"/>
     <w:rsid w:val="00277F9E"/>
     <w:rsid w:val="00282AAC"/>
     <w:rsid w:val="002911C7"/>
     <w:rsid w:val="00293FB6"/>
+    <w:rsid w:val="002A4C58"/>
     <w:rsid w:val="002C7A8A"/>
     <w:rsid w:val="002E2C5F"/>
     <w:rsid w:val="0030697E"/>
     <w:rsid w:val="00321206"/>
     <w:rsid w:val="00324329"/>
     <w:rsid w:val="00324845"/>
     <w:rsid w:val="00330FA0"/>
     <w:rsid w:val="00337014"/>
     <w:rsid w:val="0034012B"/>
     <w:rsid w:val="0038573B"/>
     <w:rsid w:val="003946DD"/>
     <w:rsid w:val="0039788E"/>
     <w:rsid w:val="003A0A45"/>
     <w:rsid w:val="003A7E49"/>
     <w:rsid w:val="003B09CB"/>
     <w:rsid w:val="003B3428"/>
     <w:rsid w:val="003B4340"/>
     <w:rsid w:val="003C6F0A"/>
     <w:rsid w:val="003D0471"/>
     <w:rsid w:val="003D23C3"/>
     <w:rsid w:val="003D2A6E"/>
     <w:rsid w:val="003D55EE"/>
     <w:rsid w:val="003F2C7D"/>
     <w:rsid w:val="003F3625"/>
     <w:rsid w:val="003F60BE"/>
     <w:rsid w:val="004008C2"/>
     <w:rsid w:val="004336FD"/>
     <w:rsid w:val="004357AD"/>
     <w:rsid w:val="00436FE1"/>
+    <w:rsid w:val="00444BDA"/>
     <w:rsid w:val="004450E6"/>
     <w:rsid w:val="0044770E"/>
     <w:rsid w:val="00453EA9"/>
     <w:rsid w:val="00484DBA"/>
     <w:rsid w:val="00487844"/>
     <w:rsid w:val="004B094A"/>
     <w:rsid w:val="004C0E17"/>
     <w:rsid w:val="004D1E47"/>
     <w:rsid w:val="004D703E"/>
     <w:rsid w:val="0055383F"/>
     <w:rsid w:val="00570C6F"/>
     <w:rsid w:val="005908E6"/>
     <w:rsid w:val="005B71F9"/>
     <w:rsid w:val="005C3367"/>
     <w:rsid w:val="005E6726"/>
     <w:rsid w:val="00615917"/>
     <w:rsid w:val="006261B7"/>
     <w:rsid w:val="006B0268"/>
     <w:rsid w:val="006B3CAE"/>
     <w:rsid w:val="006D31EA"/>
     <w:rsid w:val="006F3B67"/>
+    <w:rsid w:val="006F7542"/>
     <w:rsid w:val="00706E3B"/>
     <w:rsid w:val="00717A1A"/>
     <w:rsid w:val="007236CB"/>
     <w:rsid w:val="0073672D"/>
     <w:rsid w:val="007367C0"/>
     <w:rsid w:val="00741C88"/>
     <w:rsid w:val="00743C43"/>
     <w:rsid w:val="007A3EDA"/>
     <w:rsid w:val="007A6B1B"/>
+    <w:rsid w:val="007B7C17"/>
     <w:rsid w:val="007D09C0"/>
     <w:rsid w:val="007E5D7E"/>
     <w:rsid w:val="007E63D5"/>
     <w:rsid w:val="007E7A1C"/>
-    <w:rsid w:val="007F1E09"/>
     <w:rsid w:val="007F2A74"/>
     <w:rsid w:val="007F6679"/>
     <w:rsid w:val="007F7BE4"/>
     <w:rsid w:val="00801AF5"/>
     <w:rsid w:val="00824D7B"/>
     <w:rsid w:val="008755B9"/>
     <w:rsid w:val="00883CCA"/>
     <w:rsid w:val="00891C14"/>
     <w:rsid w:val="008D2DEA"/>
     <w:rsid w:val="008F1136"/>
     <w:rsid w:val="008F7DFA"/>
     <w:rsid w:val="009140E9"/>
     <w:rsid w:val="00956EE9"/>
     <w:rsid w:val="00963629"/>
     <w:rsid w:val="00966C64"/>
     <w:rsid w:val="009716E9"/>
     <w:rsid w:val="00972FBE"/>
     <w:rsid w:val="009778F2"/>
+    <w:rsid w:val="009815E3"/>
     <w:rsid w:val="0098784C"/>
     <w:rsid w:val="0099367A"/>
     <w:rsid w:val="009A63ED"/>
     <w:rsid w:val="009B5FDF"/>
     <w:rsid w:val="009C649A"/>
     <w:rsid w:val="009E6B63"/>
     <w:rsid w:val="009E760B"/>
     <w:rsid w:val="009F448E"/>
     <w:rsid w:val="00A24D71"/>
     <w:rsid w:val="00A626ED"/>
     <w:rsid w:val="00A71CC7"/>
     <w:rsid w:val="00AE00AA"/>
     <w:rsid w:val="00AF0417"/>
     <w:rsid w:val="00AF47E3"/>
     <w:rsid w:val="00B24FCE"/>
     <w:rsid w:val="00B34A76"/>
     <w:rsid w:val="00B935E1"/>
     <w:rsid w:val="00B97D71"/>
     <w:rsid w:val="00B97F1D"/>
     <w:rsid w:val="00BB704B"/>
     <w:rsid w:val="00BE329F"/>
     <w:rsid w:val="00BE51F3"/>
     <w:rsid w:val="00BE73D7"/>
     <w:rsid w:val="00C01803"/>
     <w:rsid w:val="00C1549F"/>
+    <w:rsid w:val="00C15A44"/>
     <w:rsid w:val="00C27545"/>
     <w:rsid w:val="00C302E7"/>
     <w:rsid w:val="00C34FE7"/>
     <w:rsid w:val="00C53806"/>
     <w:rsid w:val="00C84B73"/>
     <w:rsid w:val="00C84F12"/>
-    <w:rsid w:val="00CB6CC4"/>
     <w:rsid w:val="00CE0895"/>
     <w:rsid w:val="00D056FB"/>
     <w:rsid w:val="00D0732B"/>
     <w:rsid w:val="00D26A0D"/>
     <w:rsid w:val="00D27BC2"/>
     <w:rsid w:val="00D35204"/>
     <w:rsid w:val="00D37628"/>
     <w:rsid w:val="00D57BA6"/>
     <w:rsid w:val="00D61994"/>
     <w:rsid w:val="00DD249C"/>
     <w:rsid w:val="00E00030"/>
     <w:rsid w:val="00E13C35"/>
     <w:rsid w:val="00E31D17"/>
     <w:rsid w:val="00E32157"/>
     <w:rsid w:val="00E32E53"/>
     <w:rsid w:val="00E55C11"/>
     <w:rsid w:val="00E57E58"/>
     <w:rsid w:val="00E664A1"/>
     <w:rsid w:val="00E8191B"/>
     <w:rsid w:val="00EA5334"/>
     <w:rsid w:val="00EA7C01"/>
     <w:rsid w:val="00EC78CF"/>
+    <w:rsid w:val="00ED3EF4"/>
     <w:rsid w:val="00ED6BD3"/>
     <w:rsid w:val="00F02021"/>
     <w:rsid w:val="00F263DE"/>
     <w:rsid w:val="00F35199"/>
     <w:rsid w:val="00F45209"/>
+    <w:rsid w:val="00F762F5"/>
     <w:rsid w:val="00F86D99"/>
     <w:rsid w:val="00FA3054"/>
+    <w:rsid w:val="00FC36F2"/>
     <w:rsid w:val="00FE7024"/>
     <w:rsid w:val="00FF6BE9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val="/"/>
+  <w:listSeparator w:val="؛"/>
   <w14:docId w14:val="25E01EA7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7B9B294B-9530-4E21-ADFB-C5A35F51342A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -6925,73 +6916,81 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>564</Words>
-  <Characters>3219</Characters>
+  <Words>575</Words>
+  <Characters>3278</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3776</CharactersWithSpaces>
+  <CharactersWithSpaces>3846</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>dorrigiv@semnan.ac.ir</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>1e604d34-4105-4158-8c38-203ebaeb358b</vt:lpwstr>
+  </property>
+</Properties>
+</file>